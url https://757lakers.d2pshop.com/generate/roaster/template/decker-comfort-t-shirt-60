--- v0 (2025-10-30)
+++ v1 (2026-02-21)
@@ -20,51 +20,51 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="ROASTER DATA" sheetId="1" r:id="rId1"/>
     <sheet name="INSTRUCTIONS" sheetId="2" r:id="rId2"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="47">
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Color</t>
   </si>
   <si>
-    <t>LENGTH</t>
+    <t>Style</t>
   </si>
   <si>
     <t>Logo</t>
   </si>
   <si>
     <t>Sleeve</t>
   </si>
   <si>
     <t>Quantity</t>
   </si>
   <si>
     <t>Available Size</t>
   </si>
   <si>
     <t>Female Youth XS</t>
   </si>
   <si>
     <t>Female Youth S</t>
   </si>
   <si>
     <t>Female Youth M</t>
   </si>
   <si>
     <t>Female Youth L</t>
   </si>
@@ -128,51 +128,51 @@
   <si>
     <t>Black</t>
   </si>
   <si>
     <t>White</t>
   </si>
   <si>
     <t>Navy</t>
   </si>
   <si>
     <t>Purple</t>
   </si>
   <si>
     <t>Royal</t>
   </si>
   <si>
     <t>Gray</t>
   </si>
   <si>
     <t>Red</t>
   </si>
   <si>
     <t>Graphite</t>
   </si>
   <si>
-    <t>Available LENGTH</t>
+    <t>Available Style</t>
   </si>
   <si>
     <t>V Neck</t>
   </si>
   <si>
     <t>Crew Neck</t>
   </si>
   <si>
     <t>Available Logo</t>
   </si>
   <si>
     <t>Logo 1</t>
   </si>
   <si>
     <t>None</t>
   </si>
   <si>
     <t>Available Sleeve</t>
   </si>
   <si>
     <t>Long Sleeve</t>
   </si>
   <si>
     <t>Short Sleeve</t>
   </si>